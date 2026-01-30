--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -1,4969 +1,6204 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
+  <Override PartName="/word/media/image2.png" ContentType="image/png"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:spacing w:lineRule="auto" w:line="240" w:before="100" w:after="0"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-          <w:sz w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Орский гуманитарно-технологический институт (филиал) ОГУ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предлагает пройти обучение по  дополнительным профессиональным программам </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профессиональной переподготовки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Обучение проводится в заочной форме с использованием дистанционных образовательных технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Договоры заключаются с физическими и юридическими лицами. Оплата может производится частями в течение всего периода обучения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагогические направления</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-      </w:r>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="14560" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04a0" w:noHBand="0" w:noVBand="1" w:firstColumn="1" w:lastRow="0" w:lastColumn="0" w:firstRow="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="898"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="4210"/>
+        <w:gridCol w:w="891"/>
+        <w:gridCol w:w="5634"/>
+        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="1305"/>
+        <w:gridCol w:w="1385"/>
+        <w:gridCol w:w="1385"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1920" w:hRule="atLeast"/>
+          <w:trHeight w:val="480" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>№</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Наименование программы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Срок освоения, месяцев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Стоимость обучения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...90 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Стоимость обучения для студентов, тыс. руб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs=""/>
-[...15 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Английский язык, теория и методика обучения английскому языку</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>учитель английского языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1425" w:type="dxa"/>
-[...26 lines deleted...]
-                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>33</w:t>
-            </w:r>
-[...68 lines deleted...]
-              <w:t>Учитель английского языка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>учитель биологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30</w:t>
-            </w:r>
-[...85 lines deleted...]
-              <w:t>Учитель основ безопасности жизнедеятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...27 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Дефектологическое образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>педагог-дефектолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...102 lines deleted...]
-              <w:t>Бухгалтер</w:t>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Дошкольное образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>воспитатель детей младшего возраста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
-            </w:r>
-[...85 lines deleted...]
-              <w:t>Специалист в сфере государственного и муниципального управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Информатика и ИКТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>учитель информатики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...102 lines deleted...]
-              <w:t>Педагог - дефектолог</w:t>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">История </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>и обществознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель истории </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>и обществознания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...102 lines deleted...]
-              <w:t>Воспитатель дошкольной образовательной организации</w:t>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Логопедическая работа с детьми</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>учитель-логопед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...70 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4210" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:t>Учитель информатики и ИКТ</w:t>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Менеджмент в образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>менеджер образовательной организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...41 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:t>Преподаватель истории</w:t>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Начальное образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>учитель начальных классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...42 lines deleted...]
-                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
-            </w:r>
-[...56 lines deleted...]
-              <w:t>Учитель - логопед</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Начальная военная подготовка: теория и методика преподавания в образовательной организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>учитель начальной военной подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
-            </w:r>
-[...85 lines deleted...]
-              <w:t>Менеджер в образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...27 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Немецкий язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>учитель немецкого языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...112 lines deleted...]
-              <w:t>начальной военной подготовки</w:t>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...19 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Педагогическое образование: основы безопасности и защиты Родины</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>учитель основ безопасности и защиты Родины</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1425" w:type="dxa"/>
-[...20 lines deleted...]
-                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
-            </w:r>
-[...56 lines deleted...]
-              <w:t>Учитель начальных классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Педагогическое образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>право вести профессиональную деятельность в сфере образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...112 lines deleted...]
-              <w:t>Учитель немецкого языка</w:t>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...27 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Педагогика дополнительного образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>педагог дополнительного образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...102 lines deleted...]
-              <w:t>Учитель основ безопасности жизнедеятельности</w:t>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Педагогика профессионального образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>педагог средних профессиональных организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1425" w:type="dxa"/>
-[...80 lines deleted...]
-              <w:t>Педагог дополнительного образования</w:t>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Педагогика высшего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>преподаватель высшей школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
-            </w:r>
-[...85 lines deleted...]
-              <w:t>Преподаватель средних профессиональных образовательных организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...20 lines deleted...]
-                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4997" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Преподавание математики в современной школе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учитель математики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Психологическое сопровождение образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>психолог образовательной организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="630" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1425" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-              <w:t>Профессиональная деятельность в сфере образования</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Русский язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>учитель русского языка и литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
-[...34 lines deleted...]
-              <w:widowControl/>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1695" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Социальная педагогика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>социальный педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Физическая культура и спорт: теория и методика преподавания в образовательной организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>учитель физической культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
-              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
-            </w:r>
-[...1348 lines deleted...]
-              <w:t>Юрист</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack_Копия_1"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Другие  направления</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="14560" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04a0" w:noHBand="0" w:noVBand="1" w:firstColumn="1" w:lastRow="0" w:lastColumn="0" w:firstRow="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="891"/>
+        <w:gridCol w:w="5619"/>
+        <w:gridCol w:w="4020"/>
+        <w:gridCol w:w="1305"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="1363"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="480" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5619" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Наименование программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4020" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Срок освоения, месяцев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Стоимость обучения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Стоимость обучения для студентов, тыс. руб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5619" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Бухгалтерский учет, аудит и налогообложение коммерческих и бюджетных организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4020" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>бухгалтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5619" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Государственное и муниципальное управление</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4020" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>специалист по государственному и муниципальному управлению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5619" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Программная инженерия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4020" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>программист</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="344" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5619" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Управление персоналом организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4020" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>специалист по управлению персоналом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="344" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Экономика и управление  предприятием</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>экономист</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5619" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Юриспруденция и современная правовая система</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4020" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>юрист</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="1125" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="252" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявки принимаются на адрес электронной почты </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId2">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>fpk</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>ogti</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>orsk</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или по адресу г. Орск, пр. Мира, 15а, кабинет № 1-118.  Справки по телефону: 8 (3537)23-63-38.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>По окончании программы выдается диплом о профессиональной переподготовке установленного образца</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> с присвоением новой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
@@ -4985,189 +6220,407 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>дающий право на ведение нового вида профессиональной деятельности.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-        <w:rPr/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Заявки принимаются по адресу г. Орск, пр. Мира, 15а, кабинет № 1-118 или на адрес электронной почты </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:ind w:firstLine="851"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor behindDoc="0" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="2">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>1384300</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>10795</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2219325" cy="3189605"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1" name="Рисунок 2" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Рисунок 2" descr=""/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId3"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2219325" cy="3189605"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+        <w:drawing>
+          <wp:anchor behindDoc="0" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="3">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4789170</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>245110</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3731895" cy="2851785"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Рисунок 3" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2" name="Рисунок 3" descr=""/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3731895" cy="2851785"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Справки по телефону: 8 (3537)23-63-38.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack_Копия_1"/>
+      <w:bookmarkStart w:id="3" w:name="_GoBack_Копия_1"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="0" w:after="160"/>
-        <w:ind w:firstLine="851"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="nextPage"/>
       <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
       <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="0" w:top="851" w:footer="0" w:bottom="850"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -5192,57 +6645,54 @@
   <w:font w:name="Segoe UI">
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation w:val="true"/>
   <w:hyphenationZone w:val="0"/>
   <w:compat>
+    <w:doNotBreakWrappedTables/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:themeFontLang w:val="ru-RU" w:eastAsia="" w:bidi=""/>
+  <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5597,290 +7047,253 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
       <w:bidi w:val="0"/>
       <w:spacing w:lineRule="auto" w:line="259" w:before="0" w:after="160"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00df09f3"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Style14" w:customStyle="1">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="009b7c10"/>
+    <w:rsid w:val="008774bf"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...39 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Style17">
+  <w:style w:type="paragraph" w:styleId="Style15">
     <w:name w:val="Заголовок"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsia="Microsoft YaHei" w:cs="Lucida Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="140"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
     <w:basedOn w:val="BodyText"/>
     <w:pPr/>
     <w:rPr>
       <w:rFonts w:cs="Lucida Sans"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Lucida Sans"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style18">
+  <w:style w:type="paragraph" w:styleId="Style16">
     <w:name w:val="Указатель"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Lucida Sans"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Style14"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="009b7c10"/>
+    <w:rsid w:val="008774bf"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
-    <w:name w:val="annotation text"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Style15"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00f43130"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:lineRule="auto" w:line="240"/>
+      <w:spacing w:before="0" w:after="160"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="annotationsubject">
-[...6 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:styleId="Style17">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00f43130"/>
-    <w:pPr/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style18">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="Style17"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="Style19" w:default="1">
     <w:name w:val="Без списка"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00213798"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpk@ogti.orsk.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpk@ogti.orsk.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546a"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="e7e6e6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5b9bd5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ed7d31"/>
       </a:accent2>
@@ -6019,50 +7432,48 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Application>LibreOffice/24.8.4.1$Linux_X86_64 LibreOffice_project/480$Build-1</Application>
   <AppVersion></AppVersion>
   <Pages>3</Pages>
-  <Words>383</Words>
-[...2 lines deleted...]
-  <Paragraphs>160</Paragraphs>
+  <Words>425</Words>
+  <Characters>2741</Characters>
+  <CharactersWithSpaces>2990</CharactersWithSpaces>
+  <Paragraphs>186</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Яцук Наталья Дмитриевна</dc:creator>
   <dc:description/>
   <dc:language>ru-RU</dc:language>
   <cp:lastModifiedBy/>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>